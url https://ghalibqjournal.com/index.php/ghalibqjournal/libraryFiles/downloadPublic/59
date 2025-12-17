--- v0 (2025-11-27)
+++ v1 (2025-12-17)
@@ -316,50 +316,61 @@
                                 <w:lang w:bidi="fa-IR"/>
                               </w:rPr>
                               <w:t xml:space="preserve">معاونیت </w:t>
                             </w:r>
                             <w:r w:rsidR="00232C38">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:cs="Mitra" w:hint="cs"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:rtl/>
                                 <w:lang w:bidi="fa-IR"/>
                               </w:rPr>
                               <w:t xml:space="preserve">تحقیقات </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:cs="Mitra" w:hint="cs"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:rtl/>
                                 <w:lang w:bidi="fa-IR"/>
                               </w:rPr>
                               <w:t>علمی</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00105111">
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="minorHAnsi" w:cs="Mitra" w:hint="cs"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:rtl/>
+                                <w:lang w:bidi="fa-IR"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> و مجلات علمی</w:t>
                             </w:r>
                           </w:p>
                           <w:p w:rsidR="00232C38" w:rsidRDefault="00232C38" w:rsidP="00232C38">
                             <w:pPr>
                               <w:pStyle w:val="NormalWeb"/>
                               <w:bidi/>
                               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:cs="Mitra"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:rtl/>
                                 <w:lang w:bidi="fa-IR"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:cs="Mitra" w:hint="cs"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:rtl/>
                                 <w:lang w:bidi="fa-IR"/>
@@ -558,91 +569,104 @@
                           <w:bCs/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:rtl/>
                           <w:lang w:bidi="fa-IR"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="005E7B99">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:cs="Mitra" w:hint="cs"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:rtl/>
                           <w:lang w:bidi="fa-IR"/>
                         </w:rPr>
                         <w:t>پوهنتون غالب</w:t>
                       </w:r>
                     </w:p>
                     <w:p w:rsidR="005E7B99" w:rsidRDefault="00FC4606" w:rsidP="005E7B99">
                       <w:pPr>
                         <w:pStyle w:val="NormalWeb"/>
                         <w:bidi/>
                         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:cs="Mitra" w:hint="cs"/>
+                          <w:rFonts w:asciiTheme="minorHAnsi" w:cs="Mitra"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:rtl/>
                           <w:lang w:bidi="fa-IR"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:cs="Mitra" w:hint="cs"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:rtl/>
                           <w:lang w:bidi="fa-IR"/>
                         </w:rPr>
                         <w:t xml:space="preserve">معاونیت </w:t>
                       </w:r>
                       <w:r w:rsidR="00232C38">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:cs="Mitra" w:hint="cs"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:rtl/>
                           <w:lang w:bidi="fa-IR"/>
                         </w:rPr>
                         <w:t xml:space="preserve">تحقیقات </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:cs="Mitra" w:hint="cs"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:rtl/>
                           <w:lang w:bidi="fa-IR"/>
                         </w:rPr>
                         <w:t>علمی</w:t>
                       </w:r>
+                      <w:r w:rsidR="00105111">
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="minorHAnsi" w:cs="Mitra" w:hint="cs"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:rtl/>
+                          <w:lang w:bidi="fa-IR"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> و مجلات علمی</w:t>
+                      </w:r>
+                      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+                      <w:bookmarkEnd w:id="1"/>
                     </w:p>
                     <w:p w:rsidR="00232C38" w:rsidRDefault="00232C38" w:rsidP="00232C38">
                       <w:pPr>
                         <w:pStyle w:val="NormalWeb"/>
                         <w:bidi/>
                         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:cs="Mitra"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:rtl/>
                           <w:lang w:bidi="fa-IR"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:cs="Mitra" w:hint="cs"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:rtl/>
                           <w:lang w:bidi="fa-IR"/>
                         </w:rPr>
@@ -3675,1113 +3699,1138 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="003643E0" w:rsidRPr="00A044CB" w:rsidRDefault="003643E0" w:rsidP="003643E0">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003643E0" w:rsidRPr="00A044CB" w:rsidTr="003643E0">
+      <w:tr w:rsidR="00566034" w:rsidRPr="00A044CB" w:rsidTr="00566034">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003643E0" w:rsidRPr="00A044CB" w:rsidRDefault="003643E0" w:rsidP="003643E0">
+          <w:p w:rsidR="00566034" w:rsidRPr="00A044CB" w:rsidRDefault="00566034" w:rsidP="003643E0">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="699" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="000000" w:fill="D8E4BC"/>
             <w:noWrap/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003643E0" w:rsidRPr="00A044CB" w:rsidRDefault="003643E0" w:rsidP="003643E0">
+          <w:p w:rsidR="00566034" w:rsidRPr="00A044CB" w:rsidRDefault="00566034" w:rsidP="003643E0">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A044CB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra" w:hint="cs"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>4. روش تحقیق</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="000000" w:fill="DDD9C4"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="003643E0" w:rsidRPr="00A044CB" w:rsidRDefault="003643E0" w:rsidP="003643E0">
+          <w:p w:rsidR="00566034" w:rsidRPr="00A044CB" w:rsidRDefault="00566034" w:rsidP="003643E0">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A044CB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra" w:hint="cs"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>4-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2513" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003643E0" w:rsidRPr="00A044CB" w:rsidRDefault="003643E0" w:rsidP="003643E0">
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00566034" w:rsidRPr="00A044CB" w:rsidRDefault="00566034" w:rsidP="003643E0">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A044CB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra" w:hint="cs"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>انتخاب روش مناسب با تحقیق</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5397" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00566034" w:rsidRPr="00A044CB" w:rsidRDefault="00566034" w:rsidP="003643E0">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00566034" w:rsidRPr="00A044CB" w:rsidRDefault="00566034" w:rsidP="003643E0">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00566034" w:rsidRPr="00A044CB" w:rsidTr="00566034">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="564" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00566034" w:rsidRPr="00A044CB" w:rsidRDefault="00566034" w:rsidP="003643E0">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="699" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00566034" w:rsidRPr="00A044CB" w:rsidRDefault="00566034" w:rsidP="003643E0">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="614" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="000000" w:fill="DDD9C4"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00566034" w:rsidRPr="00A044CB" w:rsidRDefault="00566034" w:rsidP="003643E0">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2513" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00566034" w:rsidRPr="00A044CB" w:rsidRDefault="00566034" w:rsidP="003643E0">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5397" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00566034" w:rsidRPr="00A044CB" w:rsidRDefault="00566034" w:rsidP="003643E0">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00566034" w:rsidRPr="00A044CB" w:rsidRDefault="00566034" w:rsidP="003643E0">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003643E0" w:rsidRPr="00A044CB" w:rsidTr="0005685B">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="564" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003643E0" w:rsidRPr="00A044CB" w:rsidRDefault="003643E0" w:rsidP="003643E0">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="699" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003643E0" w:rsidRPr="00A044CB" w:rsidRDefault="003643E0" w:rsidP="003643E0">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="614" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="000000" w:fill="DDD9C4"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003643E0" w:rsidRPr="00A044CB" w:rsidRDefault="003643E0" w:rsidP="00710FAB">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A044CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra" w:hint="cs"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>4-</w:t>
+            </w:r>
+            <w:r w:rsidR="00710FAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra" w:hint="cs"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2513" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="003643E0" w:rsidRPr="00A044CB" w:rsidRDefault="003643E0" w:rsidP="003643E0">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra" w:hint="cs"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ابزار و نحوة</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A044CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra" w:hint="cs"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> جمع‌آوری اطلاعات و یافته‌های تحقیق</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5397" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="003643E0" w:rsidRPr="00A044CB" w:rsidRDefault="003643E0" w:rsidP="003643E0">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="003643E0" w:rsidRPr="00A044CB" w:rsidRDefault="003643E0" w:rsidP="003643E0">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003643E0" w:rsidRPr="00A044CB" w:rsidTr="00A044CB">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="564" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="003643E0" w:rsidRPr="00A044CB" w:rsidRDefault="003643E0" w:rsidP="003643E0">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="699" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="003643E0" w:rsidRPr="00A044CB" w:rsidRDefault="003643E0" w:rsidP="003643E0">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="614" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="000000" w:fill="DDD9C4"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="003643E0" w:rsidRPr="00A044CB" w:rsidRDefault="003643E0" w:rsidP="00710FAB">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A044CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra" w:hint="cs"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>4-</w:t>
+            </w:r>
+            <w:r w:rsidR="00710FAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra" w:hint="cs"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2513" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="003643E0" w:rsidRPr="00A044CB" w:rsidRDefault="003643E0" w:rsidP="003643E0">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra" w:hint="cs"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>روش تحلیل داده‌‌ها</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5397" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="003643E0" w:rsidRPr="00A044CB" w:rsidRDefault="003643E0" w:rsidP="003643E0">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="003643E0" w:rsidRPr="00A044CB" w:rsidRDefault="003643E0" w:rsidP="003643E0">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003643E0" w:rsidRPr="00A044CB" w:rsidTr="00A044CB">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="564" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="003643E0" w:rsidRPr="00A044CB" w:rsidRDefault="003643E0" w:rsidP="003643E0">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="699" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="003643E0" w:rsidRPr="00A044CB" w:rsidRDefault="003643E0" w:rsidP="003643E0">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="614" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="000000" w:fill="DDD9C4"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="003643E0" w:rsidRPr="00A044CB" w:rsidRDefault="003643E0" w:rsidP="00710FAB">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A044CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra" w:hint="cs"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>4-</w:t>
+            </w:r>
+            <w:r w:rsidR="00710FAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra" w:hint="cs"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2513" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="003643E0" w:rsidRPr="00A044CB" w:rsidRDefault="003643E0" w:rsidP="003643E0">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra" w:hint="cs"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ملاحظات اخلاقی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5397" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="003643E0" w:rsidRPr="00A044CB" w:rsidRDefault="003643E0" w:rsidP="003643E0">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="003643E0" w:rsidRPr="00A044CB" w:rsidRDefault="003643E0" w:rsidP="003643E0">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E7B99" w:rsidRPr="00A044CB" w:rsidTr="00A044CB">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="564" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005E7B99" w:rsidRPr="00A044CB" w:rsidRDefault="005E7B99" w:rsidP="005E7B99">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A044CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria" w:hint="cs"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="699" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="C4BD97"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005E7B99" w:rsidRPr="00A044CB" w:rsidRDefault="005E7B99" w:rsidP="005E7B99">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A044CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>سنجه</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="614" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="C4BD97"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005E7B99" w:rsidRPr="00A044CB" w:rsidRDefault="005E7B99" w:rsidP="005E7B99">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A044CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ردیف</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2513" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="C4BD97"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005E7B99" w:rsidRPr="00A044CB" w:rsidRDefault="003643E0" w:rsidP="00CF2759">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A044CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>موضوع</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5397" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="000000" w:fill="C4BD97"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005E7B99" w:rsidRPr="00A044CB" w:rsidRDefault="003643E0" w:rsidP="00CF2759">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>توضیحات</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="000000" w:fill="C4BD97"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005E7B99" w:rsidRPr="00A044CB" w:rsidRDefault="005E7B99" w:rsidP="00CF2759">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A044CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>امتیاز</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003643E0" w:rsidRPr="00A044CB" w:rsidTr="003643E0">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
-            <w:vMerge/>
-[...620 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="000000" w:fill="C4D79B"/>
             <w:noWrap/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005E7B99" w:rsidRPr="00A044CB" w:rsidRDefault="005E7B99" w:rsidP="005E7B99">
-[...34 lines deleted...]
-          <w:p w:rsidR="005E7B99" w:rsidRPr="00A044CB" w:rsidRDefault="005E7B99" w:rsidP="005E7B99">
+          <w:p w:rsidR="003643E0" w:rsidRPr="00A044CB" w:rsidRDefault="003643E0" w:rsidP="003643E0">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A044CB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>سنجه</w:t>
-[...197 lines deleted...]
-              </w:rPr>
               <w:t>ابعاد محتوایی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="699" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="000000" w:fill="D8E4BC"/>
             <w:noWrap/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="003643E0" w:rsidRPr="00A044CB" w:rsidRDefault="00040DE0" w:rsidP="003643E0">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
@@ -4846,51 +4895,63 @@
           <w:tcPr>
             <w:tcW w:w="2513" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="003643E0" w:rsidRPr="00A044CB" w:rsidRDefault="003643E0" w:rsidP="003643E0">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A044CB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra" w:hint="cs"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>غنا، اصالت، جمعیت و اعتبار منابع مورد استفاده</w:t>
+              <w:t>غنا، اصالت، جمعیت و اعتبار منابع مورد استف</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00A044CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra" w:hint="cs"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>اده</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5397" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="003643E0" w:rsidRPr="00A044CB" w:rsidRDefault="003643E0" w:rsidP="003643E0">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="2  Mitra"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -6530,52 +6591,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="003643E0" w:rsidRPr="00A044CB" w:rsidRDefault="003643E0" w:rsidP="004767D3">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="2  Mitra"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2513" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="003643E0" w:rsidRPr="00A044CB" w:rsidRDefault="003643E0" w:rsidP="00CF2759">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="2  Mitra"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -7856,801 +7915,1539 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t>ی</w:t>
       </w:r>
       <w:r w:rsidRPr="00E31BF4">
         <w:rPr>
           <w:rFonts w:cs="2  Mitra" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t>ست؟</w:t>
       </w:r>
       <w:r w:rsidRPr="00E31BF4">
         <w:rPr>
           <w:rFonts w:cs="2  Mitra"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A0A64" w:rsidRPr="00E31BF4" w:rsidRDefault="003A0A64" w:rsidP="00E31BF4">
+    <w:p w:rsidR="003A0A64" w:rsidRDefault="003A0A64" w:rsidP="003E285E">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="lowKashida"/>
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E31BF4">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>...............................................................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E285E" w:rsidRPr="001C0B4C" w:rsidRDefault="003E285E" w:rsidP="001C0B4C">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>محتوا</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> مطالعه</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>‌</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">شده با </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>‌</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ارزش‌ها</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> اسلام</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="eastAsia"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> منافع مل</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ّی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> و پال</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="eastAsia"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>س</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی‌</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="eastAsia"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ها</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> امارت اسلام</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> افغانستان</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>‌</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> مغا</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="eastAsia"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>رت</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> نداشته و قابل</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="eastAsia"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ت</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> چاپ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">را </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>دار</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>د.</w:t>
+      </w:r>
+      <w:r w:rsidR="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C0B4C" w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings 2" w:char="F052"/>
+      </w:r>
+      <w:r w:rsidR="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C0B4C" w:rsidRPr="00E31BF4">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>بل</w:t>
+      </w:r>
+      <w:r w:rsidR="001C0B4C" w:rsidRPr="00E31BF4">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r w:rsidR="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C0B4C" w:rsidRPr="00E31BF4">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0FD"/>
+      </w:r>
+      <w:r w:rsidR="001C0B4C" w:rsidRPr="00E31BF4">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>خ</w:t>
+      </w:r>
+      <w:r w:rsidR="001C0B4C" w:rsidRPr="00E31BF4">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r w:rsidR="001C0B4C" w:rsidRPr="00E31BF4">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ر</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E285E" w:rsidRPr="001C0B4C" w:rsidRDefault="003E285E" w:rsidP="001C0B4C">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>محتوا</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> مطالعه</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>‌</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">شده با </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>‌</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ارزش‌ها</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> اسلام</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="eastAsia"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> منافع مل</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ّی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> و پال</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="eastAsia"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>س</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی‌</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="eastAsia"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ها</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> امارت اسلام</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> افغانستان</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>‌</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> مغا</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="eastAsia"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>رت</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> دار</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>د.</w:t>
+      </w:r>
+      <w:r w:rsidR="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0FE"/>
+      </w:r>
+      <w:r w:rsidR="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C0B4C" w:rsidRPr="00E31BF4">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>بل</w:t>
+      </w:r>
+      <w:r w:rsidR="001C0B4C" w:rsidRPr="00E31BF4">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r w:rsidR="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C0B4C" w:rsidRPr="00E31BF4">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0FD"/>
+      </w:r>
+      <w:r w:rsidR="001C0B4C" w:rsidRPr="00E31BF4">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>خ</w:t>
+      </w:r>
+      <w:r w:rsidR="001C0B4C" w:rsidRPr="00E31BF4">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r w:rsidR="001C0B4C" w:rsidRPr="00E31BF4">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ر</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E285E" w:rsidRPr="001C0B4C" w:rsidRDefault="003E285E" w:rsidP="003E285E">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="eastAsia"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>در</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> صورت مغا</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="eastAsia"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>رت،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> نکات در ز</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="eastAsia"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ر</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ذکر شود</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C0B4C">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E285E" w:rsidRDefault="003E285E" w:rsidP="003E285E">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E285E" w:rsidRDefault="003E285E" w:rsidP="003E285E">
+      <w:pPr>
+        <w:bidi/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E285E" w:rsidRPr="00E31BF4" w:rsidRDefault="003E285E" w:rsidP="003E285E">
+      <w:pPr>
+        <w:bidi/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003A0A64" w:rsidRDefault="00D96ADF" w:rsidP="00DA610E">
       <w:pPr>
         <w:bidi/>
         <w:ind w:left="567"/>
         <w:jc w:val="lowKashida"/>
         <w:rPr>
           <w:rFonts w:cs="2  Mitra"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31BF4">
-[...6 lines deleted...]
-        <w:t>...............................................................................................................................</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="003A0A64" w:rsidRPr="00E31BF4">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>. پس از اصلاحات توسط شما، دوباره ارز</w:t>
+      </w:r>
+      <w:r w:rsidR="003A0A64" w:rsidRPr="00E31BF4">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r w:rsidR="003A0A64" w:rsidRPr="00E31BF4">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>اب</w:t>
+      </w:r>
+      <w:r w:rsidR="003A0A64" w:rsidRPr="00E31BF4">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r w:rsidR="003A0A64" w:rsidRPr="00E31BF4">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> گردد؟    </w:t>
+      </w:r>
+      <w:r w:rsidR="00E31BF4">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB5084">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E31BF4">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA610E">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0FD"/>
+      </w:r>
+      <w:r w:rsidR="00E31BF4">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003A0A64" w:rsidRPr="00E31BF4">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>بل</w:t>
+      </w:r>
+      <w:r w:rsidR="003A0A64" w:rsidRPr="00E31BF4">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r w:rsidR="00E31BF4">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00E31BF4">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E31BF4">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00E31BF4">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003A0A64" w:rsidRPr="00E31BF4">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00222A06">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0FE"/>
+      </w:r>
+      <w:r w:rsidR="003A0A64" w:rsidRPr="00E31BF4">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>خ</w:t>
+      </w:r>
+      <w:r w:rsidR="003A0A64" w:rsidRPr="00E31BF4">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r w:rsidR="003A0A64" w:rsidRPr="00E31BF4">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ر</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A0A64" w:rsidRDefault="003A0A64" w:rsidP="00222A06">
+    <w:p w:rsidR="002539EA" w:rsidRPr="00E31BF4" w:rsidRDefault="00D96ADF" w:rsidP="00DA610E">
       <w:pPr>
         <w:bidi/>
         <w:ind w:left="567"/>
         <w:jc w:val="lowKashida"/>
         <w:rPr>
           <w:rFonts w:cs="2  Mitra"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31BF4">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00E31BF4">
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="002539EA" w:rsidRPr="00E31BF4">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00325372">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>مقاله پس از اصلاحات‌</w:t>
+      </w:r>
+      <w:r w:rsidR="002539EA">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>، قابلیت چاپ را دارد</w:t>
+      </w:r>
+      <w:r w:rsidR="002539EA">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">؟  </w:t>
+      </w:r>
+      <w:r w:rsidR="002539EA">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00222A06">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0FE"/>
+      </w:r>
+      <w:r w:rsidR="002539EA" w:rsidRPr="00E31BF4">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> بل</w:t>
+      </w:r>
+      <w:r w:rsidR="002539EA" w:rsidRPr="00E31BF4">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
         <w:t>ی</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E31BF4">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00E31BF4">
+      <w:r w:rsidR="002539EA">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="002539EA">
         <w:rPr>
           <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002539EA">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="002539EA">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002539EA" w:rsidRPr="00E31BF4">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA610E">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0FD"/>
+      </w:r>
+      <w:r w:rsidR="002539EA" w:rsidRPr="00E31BF4">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>خ</w:t>
+      </w:r>
+      <w:r w:rsidR="002539EA" w:rsidRPr="00E31BF4">
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
         <w:t>ی</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E31BF4">
-[...314 lines deleted...]
-      <w:r w:rsidRPr="00E31BF4">
+      <w:r w:rsidR="002539EA" w:rsidRPr="00E31BF4">
         <w:rPr>
           <w:rFonts w:cs="2  Mitra" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t>ر</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003A0A64" w:rsidRPr="00E31BF4" w:rsidRDefault="00E31BF4" w:rsidP="003A0A64">
       <w:pPr>
         <w:bidi/>
         <w:jc w:val="lowKashida"/>
         <w:rPr>
           <w:rFonts w:cs="2  Mitra"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E31BF4">
         <w:rPr>
           <w:rFonts w:cs="2  Mitra"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E31BF4">
         <w:rPr>
           <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:t>نکاتِ دیگر ره‌نمودیِ تان:</w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...315 lines deleted...]
-    <w:p w:rsidR="005E7B99" w:rsidRPr="003A0A64" w:rsidRDefault="005E7B99" w:rsidP="005E7B99">
+    <w:p w:rsidR="005E7B99" w:rsidRDefault="005E7B99" w:rsidP="005E7B99">
       <w:pPr>
         <w:bidi/>
         <w:jc w:val="lowKashida"/>
         <w:rPr>
           <w:rFonts w:cs="2  Mitra"/>
+          <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="005E7B99" w:rsidRPr="003A0A64" w:rsidSect="005E7B99">
+    <w:p w:rsidR="00734F3A" w:rsidRDefault="00734F3A" w:rsidP="00734F3A">
+      <w:pPr>
+        <w:bidi/>
+        <w:jc w:val="lowKashida"/>
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00734F3A" w:rsidRDefault="00734F3A" w:rsidP="00734F3A">
+      <w:pPr>
+        <w:bidi/>
+        <w:jc w:val="lowKashida"/>
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AA1F6C" w:rsidRDefault="00AA1F6C" w:rsidP="00AA1F6C">
+      <w:pPr>
+        <w:bidi/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>بااحترام</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00734F3A" w:rsidRDefault="00734F3A" w:rsidP="00734F3A">
+      <w:pPr>
+        <w:bidi/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>اسم و امضای ارزیاب</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00734F3A" w:rsidRPr="003A0A64" w:rsidRDefault="00734F3A" w:rsidP="00734F3A">
+      <w:pPr>
+        <w:bidi/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="2  Mitra"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00734F3A" w:rsidRPr="003A0A64" w:rsidSect="005E7B99">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="284" w:right="283" w:bottom="142" w:left="142" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -8700,96 +9497,106 @@
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005E7B99"/>
     <w:rsid w:val="00040DE0"/>
+    <w:rsid w:val="0005685B"/>
     <w:rsid w:val="000B4AAD"/>
+    <w:rsid w:val="00105111"/>
     <w:rsid w:val="00182B07"/>
     <w:rsid w:val="001A0A25"/>
+    <w:rsid w:val="001C0B4C"/>
     <w:rsid w:val="00222A06"/>
     <w:rsid w:val="00232C38"/>
     <w:rsid w:val="00244B32"/>
     <w:rsid w:val="002539EA"/>
     <w:rsid w:val="002A0B58"/>
     <w:rsid w:val="00325372"/>
     <w:rsid w:val="003643E0"/>
     <w:rsid w:val="003A0A64"/>
+    <w:rsid w:val="003E285E"/>
     <w:rsid w:val="00422EF7"/>
     <w:rsid w:val="004767D3"/>
     <w:rsid w:val="004C545B"/>
     <w:rsid w:val="005326CF"/>
     <w:rsid w:val="00553212"/>
+    <w:rsid w:val="00566034"/>
     <w:rsid w:val="005C47DC"/>
     <w:rsid w:val="005E7B99"/>
     <w:rsid w:val="0063401A"/>
     <w:rsid w:val="00666548"/>
     <w:rsid w:val="006D3B69"/>
     <w:rsid w:val="006E4532"/>
     <w:rsid w:val="006F579C"/>
+    <w:rsid w:val="00710FAB"/>
     <w:rsid w:val="00732D0F"/>
+    <w:rsid w:val="00734F3A"/>
     <w:rsid w:val="00792763"/>
     <w:rsid w:val="007A1733"/>
     <w:rsid w:val="007E5986"/>
     <w:rsid w:val="007E6C55"/>
     <w:rsid w:val="00813CDF"/>
     <w:rsid w:val="00821776"/>
     <w:rsid w:val="00832ED6"/>
     <w:rsid w:val="00917BC3"/>
     <w:rsid w:val="00935C2A"/>
     <w:rsid w:val="009E5E6A"/>
     <w:rsid w:val="00A044CB"/>
+    <w:rsid w:val="00AA1F6C"/>
     <w:rsid w:val="00AD447B"/>
     <w:rsid w:val="00B238BC"/>
     <w:rsid w:val="00C07793"/>
     <w:rsid w:val="00C1132E"/>
     <w:rsid w:val="00C47D1A"/>
     <w:rsid w:val="00C618E1"/>
     <w:rsid w:val="00C922F6"/>
     <w:rsid w:val="00C93DFD"/>
     <w:rsid w:val="00CE2B64"/>
     <w:rsid w:val="00CF2759"/>
     <w:rsid w:val="00D02A0A"/>
+    <w:rsid w:val="00D96ADF"/>
+    <w:rsid w:val="00DA610E"/>
     <w:rsid w:val="00E31BF4"/>
     <w:rsid w:val="00E401D0"/>
     <w:rsid w:val="00E427B7"/>
     <w:rsid w:val="00EA0A8A"/>
     <w:rsid w:val="00EA7405"/>
     <w:rsid w:val="00F46141"/>
     <w:rsid w:val="00FB3428"/>
     <w:rsid w:val="00FB5084"/>
     <w:rsid w:val="00FC4606"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -9524,70 +10331,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>317</Words>
-  <Characters>1813</Characters>
+  <Words>356</Words>
+  <Characters>2032</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
+  <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2126</CharactersWithSpaces>
+  <CharactersWithSpaces>2384</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Windows User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>