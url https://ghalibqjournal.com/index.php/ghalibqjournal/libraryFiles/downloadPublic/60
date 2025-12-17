--- v0 (2025-11-27)
+++ v1 (2025-12-17)
@@ -4651,341 +4651,635 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00525D2D" w:rsidRPr="00401E31" w:rsidRDefault="00525D2D" w:rsidP="00525D2D">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00525D2D" w:rsidRPr="00401E31" w:rsidTr="00755D61">
+      <w:tr w:rsidR="00A72602" w:rsidRPr="00401E31" w:rsidTr="00CE6513">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="319"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="564" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A72602" w:rsidRPr="00401E31" w:rsidRDefault="00A72602" w:rsidP="00525D2D">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="699" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="000000" w:fill="D8E4BC"/>
+            <w:noWrap/>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A72602" w:rsidRPr="00401E31" w:rsidRDefault="00A72602" w:rsidP="00525D2D">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D12A29">
+              <w:rPr>
+                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">۴. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D12A29">
+              <w:rPr>
+                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">د </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D12A29">
+              <w:rPr>
+                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="cs"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>څېړ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D12A29">
+              <w:rPr>
+                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ن</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D12A29">
+              <w:rPr>
+                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="cs"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ې</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D12A29">
+              <w:rPr>
+                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> م</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D12A29">
+              <w:rPr>
+                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="cs"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D12A29">
+              <w:rPr>
+                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>تودولوژي</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="614" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="000000" w:fill="DDD9C4"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A72602" w:rsidRPr="00401E31" w:rsidRDefault="00A72602" w:rsidP="00525D2D">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401E31">
+              <w:rPr>
+                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>4-1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3090" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A72602" w:rsidRPr="00401E31" w:rsidRDefault="00A72602" w:rsidP="00525D2D">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE6DF8">
+              <w:rPr>
+                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">د </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE6DF8">
+              <w:rPr>
+                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="cs"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>څېړ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE6DF8">
+              <w:rPr>
+                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ن</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE6DF8">
+              <w:rPr>
+                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="cs"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ې</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE6DF8">
+              <w:rPr>
+                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> د سم</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE6DF8">
+              <w:rPr>
+                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="cs"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ې</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE6DF8">
+              <w:rPr>
+                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> طر</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE6DF8">
+              <w:rPr>
+                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="cs"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE6DF8">
+              <w:rPr>
+                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ق</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE6DF8">
+              <w:rPr>
+                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="cs"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ې</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE6DF8">
+              <w:rPr>
+                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> غوره کول</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A72602" w:rsidRPr="00401E31" w:rsidRDefault="00A72602" w:rsidP="00525D2D">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A72602" w:rsidRPr="00401E31" w:rsidRDefault="00A72602" w:rsidP="00525D2D">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00525D2D" w:rsidRPr="00401E31" w:rsidTr="003F6B25">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00525D2D" w:rsidRPr="00401E31" w:rsidRDefault="00525D2D" w:rsidP="00525D2D">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="699" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...2 lines deleted...]
-            <w:textDirection w:val="btLr"/>
+            <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00525D2D" w:rsidRPr="00401E31" w:rsidRDefault="00525D2D" w:rsidP="00525D2D">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...88 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="DDD9C4"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00525D2D" w:rsidRPr="00401E31" w:rsidRDefault="00525D2D" w:rsidP="00525D2D">
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00525D2D" w:rsidRPr="00401E31" w:rsidRDefault="00525D2D" w:rsidP="00A332B2">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00401E31">
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>4-1</w:t>
+              <w:t>4-</w:t>
+            </w:r>
+            <w:r w:rsidR="00A332B2">
+              <w:rPr>
+                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="cs"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3090" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00525D2D" w:rsidRPr="00401E31" w:rsidRDefault="00525D2D" w:rsidP="00525D2D">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE6DF8">
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t xml:space="preserve">د </w:t>
+              <w:t xml:space="preserve">د معلوماتو او </w:t>
             </w:r>
             <w:r w:rsidRPr="00AE6DF8">
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="cs"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>څېړ</w:t>
+              <w:t>څیړ</w:t>
             </w:r>
             <w:r w:rsidRPr="00AE6DF8">
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>ن</w:t>
             </w:r>
             <w:r w:rsidRPr="00AE6DF8">
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="cs"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>ې</w:t>
+              <w:t>ی</w:t>
             </w:r>
             <w:r w:rsidRPr="00AE6DF8">
               <w:rPr>
-                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> د سم</w:t>
+                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>زو</w:t>
             </w:r>
             <w:r w:rsidRPr="00AE6DF8">
               <w:rPr>
-                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="cs"/>
-[...5 lines deleted...]
-              <w:t>ې</w:t>
+                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> موندنو را</w:t>
             </w:r>
             <w:r w:rsidRPr="00AE6DF8">
               <w:rPr>
-                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> طر</w:t>
+                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="cs"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ټ</w:t>
             </w:r>
             <w:r w:rsidRPr="00AE6DF8">
               <w:rPr>
+                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ولولو</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE6DF8">
+              <w:rPr>
+                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> لپاره وسا</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE6DF8">
+              <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="cs"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>ی</w:t>
             </w:r>
             <w:r w:rsidRPr="00AE6DF8">
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>ق</w:t>
+              <w:t>ل</w:t>
             </w:r>
             <w:r w:rsidRPr="00AE6DF8">
               <w:rPr>
-                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="cs"/>
-[...5 lines deleted...]
-              <w:t>ې</w:t>
+                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> او م</w:t>
             </w:r>
             <w:r w:rsidRPr="00AE6DF8">
               <w:rPr>
-                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> غوره کول</w:t>
+                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="cs"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE6DF8">
+              <w:rPr>
+                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="eastAsia"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>تودونه</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00525D2D" w:rsidRPr="00401E31" w:rsidRDefault="00525D2D" w:rsidP="00525D2D">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -5001,621 +5295,233 @@
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00525D2D" w:rsidRPr="00401E31" w:rsidTr="00755D61">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00525D2D" w:rsidRPr="00401E31" w:rsidRDefault="00525D2D" w:rsidP="00525D2D">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="699" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00525D2D" w:rsidRPr="00401E31" w:rsidRDefault="00525D2D" w:rsidP="00525D2D">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="DDD9C4"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00525D2D" w:rsidRPr="00401E31" w:rsidRDefault="00525D2D" w:rsidP="00525D2D">
+          </w:tcPr>
+          <w:p w:rsidR="00525D2D" w:rsidRPr="00401E31" w:rsidRDefault="00525D2D" w:rsidP="00A332B2">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00401E31">
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>4-2</w:t>
+              <w:t>4-</w:t>
+            </w:r>
+            <w:r w:rsidR="00A332B2">
+              <w:rPr>
+                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="cs"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3090" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00525D2D" w:rsidRPr="00401E31" w:rsidRDefault="00525D2D" w:rsidP="00525D2D">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE6DF8">
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t xml:space="preserve">د </w:t>
+              <w:t>د معلوماتو تحل</w:t>
             </w:r>
             <w:r w:rsidRPr="00AE6DF8">
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="cs"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>څېړ</w:t>
+              <w:t>ی</w:t>
             </w:r>
             <w:r w:rsidRPr="00AE6DF8">
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>ن</w:t>
+              <w:t>ل</w:t>
             </w:r>
             <w:r w:rsidRPr="00AE6DF8">
               <w:rPr>
-                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="cs"/>
-[...5 lines deleted...]
-              <w:t>ې</w:t>
+                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> م</w:t>
             </w:r>
             <w:r w:rsidRPr="00AE6DF8">
               <w:rPr>
-                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> د م</w:t>
+                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="cs"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
             </w:r>
             <w:r w:rsidRPr="00AE6DF8">
               <w:rPr>
-                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="cs"/>
-[...8 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>تودونو</w:t>
-[...99 lines deleted...]
-              <w:t>ندول</w:t>
+              <w:t>تود</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00525D2D" w:rsidRPr="00401E31" w:rsidRDefault="00525D2D" w:rsidP="00525D2D">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...283 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00525D2D" w:rsidRPr="00401E31" w:rsidRDefault="00525D2D" w:rsidP="00525D2D">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00525D2D" w:rsidRPr="00401E31" w:rsidTr="00755D61">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="564" w:type="dxa"/>
@@ -5639,272 +5545,82 @@
           <w:tcPr>
             <w:tcW w:w="699" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00525D2D" w:rsidRPr="00401E31" w:rsidRDefault="00525D2D" w:rsidP="00525D2D">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="DDD9C4"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00525D2D" w:rsidRPr="00401E31" w:rsidRDefault="00525D2D" w:rsidP="00525D2D">
+          <w:p w:rsidR="00525D2D" w:rsidRPr="00401E31" w:rsidRDefault="00525D2D" w:rsidP="00A332B2">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00401E31">
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>4-4</w:t>
-[...199 lines deleted...]
-              <w:t>4-5</w:t>
+              <w:t>4-</w:t>
+            </w:r>
+            <w:r w:rsidR="00A332B2">
+              <w:rPr>
+                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="cs"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3090" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00525D2D" w:rsidRPr="00401E31" w:rsidRDefault="00525D2D" w:rsidP="00525D2D">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE6DF8">
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
                 <w:color w:val="000000"/>
@@ -9166,142 +8882,150 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00755D61" w:rsidRPr="00401E31" w:rsidRDefault="00755D61" w:rsidP="00D94527">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3090" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00755D61" w:rsidRPr="00401E31" w:rsidRDefault="00755D61" w:rsidP="00D94527">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00755D61" w:rsidRPr="00755D61" w:rsidRDefault="00755D61" w:rsidP="00755D61">
+          <w:p w:rsidR="00755D61" w:rsidRPr="00755D61" w:rsidRDefault="00755D61" w:rsidP="003E0DBB">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00755D61">
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>اص</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="cs"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>ل</w:t>
             </w:r>
             <w:r w:rsidRPr="00755D61">
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">ي نمره: </w:t>
             </w:r>
             <w:r w:rsidRPr="00755D61">
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>۲۸</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00755D61" w:rsidRPr="00401E31" w:rsidRDefault="00755D61" w:rsidP="00755D61">
+              <w:t>۲</w:t>
+            </w:r>
+            <w:r w:rsidR="003E0DBB">
+              <w:rPr>
+                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="cs"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00755D61" w:rsidRPr="00401E31" w:rsidRDefault="00755D61" w:rsidP="003E0DBB">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00755D61">
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="cs"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>ی</w:t>
             </w:r>
             <w:r w:rsidRPr="00755D61">
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
@@ -9386,51 +9110,61 @@
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="cs"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>یې</w:t>
             </w:r>
             <w:r w:rsidRPr="00755D61">
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve"> له </w:t>
             </w:r>
             <w:r w:rsidRPr="00755D61">
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>۲۸</w:t>
+              <w:t>۲</w:t>
+            </w:r>
+            <w:r w:rsidR="003E0DBB">
+              <w:rPr>
+                <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="cs"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00755D61">
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve"> نمرو </w:t>
             </w:r>
             <w:r w:rsidRPr="00755D61">
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="cs"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>څ</w:t>
             </w:r>
             <w:r w:rsidRPr="00755D61">
               <w:rPr>
                 <w:rFonts w:ascii="IRMitra" w:eastAsia="Times New Roman" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
@@ -10322,1794 +10056,829 @@
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:rtl/>
                           <w:lang w:bidi="fa-IR"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                       <w:r w:rsidR="005E7B99" w:rsidRPr="00F96834">
                         <w:rPr>
                           <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:rtl/>
                           <w:lang w:bidi="fa-IR"/>
                         </w:rPr>
                         <w:t>......................................................................................................................</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E7B99" w:rsidRPr="00401E31" w:rsidRDefault="005E7B99" w:rsidP="005E7B99">
+    <w:p w:rsidR="005E7B99" w:rsidRPr="005448DA" w:rsidRDefault="005E7B99" w:rsidP="005448DA">
       <w:pPr>
         <w:bidi/>
         <w:jc w:val="lowKashida"/>
         <w:rPr>
           <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005E7B99" w:rsidRPr="00401E31" w:rsidRDefault="005E7B99" w:rsidP="005E7B99">
+    <w:p w:rsidR="005E7B99" w:rsidRPr="005448DA" w:rsidRDefault="005E7B99" w:rsidP="005448DA">
       <w:pPr>
         <w:bidi/>
         <w:jc w:val="lowKashida"/>
         <w:rPr>
           <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00222A06" w:rsidRDefault="001C5340" w:rsidP="00222A06">
+    <w:p w:rsidR="005448DA" w:rsidRPr="005448DA" w:rsidRDefault="005448DA" w:rsidP="005448DA">
       <w:pPr>
         <w:bidi/>
-        <w:ind w:left="567"/>
-        <w:jc w:val="lowKashida"/>
         <w:rPr>
           <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001C5340">
+      <w:r w:rsidRPr="005448DA">
         <w:rPr>
           <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>ستاسو د ارزون</w:t>
+        <w:t>ستاسو له ارزونې څخه مننه. مهرباني وکړئ لاندې موارد مشخص کړئ</w:t>
       </w:r>
-      <w:r w:rsidRPr="001C5340">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="cs"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> )</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>ې</w:t>
+        <w:t>د نښو د کارولو لپاره، پر هغو دوه ځله کل</w:t>
       </w:r>
-      <w:r w:rsidRPr="001C5340">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="005448DA">
         <w:rPr>
           <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve"> لپاره مننه، مهرباني وک</w:t>
+        <w:t>یک وکړئ تر څو نور انتخابونه ښکاره شي</w:t>
       </w:r>
-      <w:r w:rsidRPr="001C5340">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="001C5340">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve"> لاند</w:t>
+        <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="001C5340">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="001C5340">
+    </w:p>
+    <w:p w:rsidR="005448DA" w:rsidRPr="005448DA" w:rsidRDefault="005448DA" w:rsidP="005448DA">
+      <w:pPr>
+        <w:bidi/>
         <w:rPr>
           <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
-          <w:sz w:val="28"/>
-[...191 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00401E31">
+      <w:r w:rsidRPr="005448DA">
         <w:rPr>
           <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>۱</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="cs"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">1. </w:t>
+        <w:t>ایا د مقالې عنوان د هغې له پوښتنې او محتوا سره سمون لري؟</w:t>
       </w:r>
-      <w:r w:rsidR="006C0C32" w:rsidRPr="006C0C32">
+    </w:p>
+    <w:p w:rsidR="005448DA" w:rsidRPr="005448DA" w:rsidRDefault="005448DA" w:rsidP="005448DA">
+      <w:pPr>
+        <w:bidi/>
         <w:rPr>
           <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>آ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006C0C32" w:rsidRPr="006C0C32">
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="cs"/>
-[...144 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="cs"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006C0C32" w:rsidRPr="006C0C32">
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>☑</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005448DA">
         <w:rPr>
           <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
-          <w:sz w:val="28"/>
-[...27 lines deleted...]
-          <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006C0C32" w:rsidRPr="006C0C32">
+      <w:r w:rsidRPr="005448DA">
         <w:rPr>
           <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>نه</w:t>
+        <w:t>هو</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>☒</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> نه</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A0A64" w:rsidRPr="00401E31" w:rsidRDefault="007C109D" w:rsidP="00E31BF4">
+    <w:p w:rsidR="005448DA" w:rsidRPr="005448DA" w:rsidRDefault="005448DA" w:rsidP="005448DA">
       <w:pPr>
         <w:bidi/>
-        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>که ستاسو ځواب منفي وي، وړاندیز شوی عنوان مو څه دی؟</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005448DA" w:rsidRPr="005448DA" w:rsidRDefault="005448DA" w:rsidP="005448DA">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+        </w:rPr>
+        <w:t>...............................................................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005448DA" w:rsidRPr="005448DA" w:rsidRDefault="005448DA" w:rsidP="005448DA">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005448DA" w:rsidRPr="005448DA" w:rsidRDefault="005448DA" w:rsidP="005448DA">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>۲</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="cs"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ارزول شوې محتوا د اسلامي ارزښتونو، ملي ګټو او د افغانستان د اسلامي امارت له پالیسیو سره په ټکر کې نه ده او د چاپ وړتیا لري</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005448DA" w:rsidRPr="005448DA" w:rsidRDefault="005448DA" w:rsidP="005448DA">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>☑</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>هو</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>☒</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> نه</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005448DA" w:rsidRPr="005448DA" w:rsidRDefault="005448DA" w:rsidP="005448DA">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005448DA" w:rsidRPr="005448DA" w:rsidRDefault="005448DA" w:rsidP="005448DA">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="cs"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ارزول شوې محتوا د اسلامي ارزښتونو، ملي ګټو او د افغانستان د اسلامي امارت له پالیسیو سره په ټکر کې ده</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005448DA" w:rsidRPr="005448DA" w:rsidRDefault="005448DA" w:rsidP="005448DA">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>☑</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>هو</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>☒</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> نه</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005448DA" w:rsidRPr="005448DA" w:rsidRDefault="005448DA" w:rsidP="005448DA">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>که ټکر موجود وي، مهرباني وکړئ لاندې ټکي یاد کړئ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005448DA" w:rsidRPr="005448DA" w:rsidRDefault="005448DA" w:rsidP="005448DA">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005448DA" w:rsidRPr="005448DA" w:rsidRDefault="005448DA" w:rsidP="005448DA">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="cs"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ایا د ستاسو له لوري د اصلاحاتو وروسته، بیا ارزونه وشي؟</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005448DA" w:rsidRPr="005448DA" w:rsidRDefault="005448DA" w:rsidP="005448DA">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>☒</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>هو</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>☑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> نه</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005448DA" w:rsidRPr="005448DA" w:rsidRDefault="005448DA" w:rsidP="005448DA">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005448DA" w:rsidRPr="005448DA" w:rsidRDefault="005448DA" w:rsidP="005448DA">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="cs"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ایا مقاله د اصلاحاتو وروسته د چاپ وړتیا لري؟</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005448DA" w:rsidRPr="005448DA" w:rsidRDefault="005448DA" w:rsidP="005448DA">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>☑</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>هو</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>☒</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> نه</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005448DA" w:rsidRPr="005448DA" w:rsidRDefault="005448DA" w:rsidP="005448DA">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005448DA" w:rsidRPr="005448DA" w:rsidRDefault="005448DA" w:rsidP="005448DA">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>نورې لارښودیزې یادونې</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005448DA">
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E7B99" w:rsidRDefault="005448DA" w:rsidP="005448DA">
+      <w:pPr>
+        <w:bidi/>
         <w:jc w:val="lowKashida"/>
         <w:rPr>
           <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007C109D">
+      <w:r w:rsidRPr="005448DA">
         <w:rPr>
           <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
-          <w:sz w:val="28"/>
-[...193 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t>...............................................................................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A0A64" w:rsidRPr="00401E31" w:rsidRDefault="003A0A64" w:rsidP="007C109D">
-[...345 lines deleted...]
-    <w:p w:rsidR="003A0A64" w:rsidRPr="00401E31" w:rsidRDefault="00E31BF4" w:rsidP="007C109D">
+    <w:p w:rsidR="009611A1" w:rsidRDefault="009611A1" w:rsidP="009611A1">
       <w:pPr>
         <w:bidi/>
         <w:jc w:val="lowKashida"/>
         <w:rPr>
           <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
-          <w:b/>
-          <w:bCs/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00401E31">
-[...79 lines deleted...]
-      </w:r>
     </w:p>
-    <w:tbl>
-[...438 lines deleted...]
-    <w:p w:rsidR="005E7B99" w:rsidRPr="003A0A64" w:rsidRDefault="005E7B99" w:rsidP="005E7B99">
+    <w:p w:rsidR="009611A1" w:rsidRDefault="009611A1" w:rsidP="009611A1">
       <w:pPr>
         <w:bidi/>
         <w:jc w:val="lowKashida"/>
         <w:rPr>
-          <w:rFonts w:cs="2  Mitra"/>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+          <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="005E7B99" w:rsidRPr="003A0A64" w:rsidSect="005E7B99">
+    <w:p w:rsidR="009611A1" w:rsidRPr="005448DA" w:rsidRDefault="009611A1" w:rsidP="009611A1">
+      <w:pPr>
+        <w:bidi/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="IRMitra" w:hAnsi="IRMitra" w:cs="IRMitra" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>نوم او امضا</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="009611A1" w:rsidRPr="005448DA" w:rsidSect="005E7B99">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="284" w:right="283" w:bottom="142" w:left="142" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="2  Mitra">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="IRMitra">
     <w:panose1 w:val="02000506000000020002"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="21002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...11 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="A00002BF" w:usb1="68C7FCFB" w:usb2="00000010" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005E7B99"/>
     <w:rsid w:val="00041EF6"/>
     <w:rsid w:val="000421C9"/>
     <w:rsid w:val="000B4AAD"/>
     <w:rsid w:val="00182B07"/>
     <w:rsid w:val="001C5340"/>
     <w:rsid w:val="00222A06"/>
     <w:rsid w:val="00232C38"/>
     <w:rsid w:val="00244B32"/>
     <w:rsid w:val="002539EA"/>
     <w:rsid w:val="002A0B58"/>
     <w:rsid w:val="00325372"/>
     <w:rsid w:val="003A0A64"/>
+    <w:rsid w:val="003E0DBB"/>
     <w:rsid w:val="003F6B25"/>
     <w:rsid w:val="00401E31"/>
     <w:rsid w:val="00410023"/>
     <w:rsid w:val="00422EF7"/>
     <w:rsid w:val="00473A39"/>
     <w:rsid w:val="004767D3"/>
     <w:rsid w:val="004C545B"/>
     <w:rsid w:val="00525D2D"/>
     <w:rsid w:val="005326CF"/>
+    <w:rsid w:val="005448DA"/>
     <w:rsid w:val="00553212"/>
     <w:rsid w:val="00581D3D"/>
     <w:rsid w:val="00590AC1"/>
     <w:rsid w:val="005C47DC"/>
     <w:rsid w:val="005E7B99"/>
     <w:rsid w:val="0063401A"/>
     <w:rsid w:val="00666548"/>
     <w:rsid w:val="006C0C32"/>
     <w:rsid w:val="006D3B69"/>
     <w:rsid w:val="006E4532"/>
     <w:rsid w:val="006F579C"/>
     <w:rsid w:val="00732D0F"/>
     <w:rsid w:val="00755D61"/>
     <w:rsid w:val="007673C6"/>
     <w:rsid w:val="007A1733"/>
     <w:rsid w:val="007C109D"/>
     <w:rsid w:val="007E5986"/>
     <w:rsid w:val="007E6C55"/>
     <w:rsid w:val="007F76AA"/>
     <w:rsid w:val="00813CDF"/>
     <w:rsid w:val="00821776"/>
     <w:rsid w:val="00832ED6"/>
     <w:rsid w:val="00917BC3"/>
     <w:rsid w:val="00935C2A"/>
+    <w:rsid w:val="009611A1"/>
     <w:rsid w:val="009E5E6A"/>
     <w:rsid w:val="00A044CB"/>
+    <w:rsid w:val="00A332B2"/>
+    <w:rsid w:val="00A72602"/>
     <w:rsid w:val="00AD447B"/>
     <w:rsid w:val="00AE6DF8"/>
     <w:rsid w:val="00AF3C9A"/>
     <w:rsid w:val="00B06A9C"/>
     <w:rsid w:val="00B238BC"/>
     <w:rsid w:val="00B432EF"/>
     <w:rsid w:val="00C07793"/>
     <w:rsid w:val="00C1132E"/>
     <w:rsid w:val="00C47D1A"/>
     <w:rsid w:val="00C618E1"/>
     <w:rsid w:val="00C922F6"/>
     <w:rsid w:val="00C93DFD"/>
     <w:rsid w:val="00CE2B64"/>
     <w:rsid w:val="00CF2759"/>
     <w:rsid w:val="00D02A0A"/>
     <w:rsid w:val="00D12A29"/>
     <w:rsid w:val="00D94527"/>
     <w:rsid w:val="00E31BF4"/>
     <w:rsid w:val="00E401D0"/>
     <w:rsid w:val="00EA0A8A"/>
     <w:rsid w:val="00EA7405"/>
     <w:rsid w:val="00F46141"/>
     <w:rsid w:val="00F96834"/>
     <w:rsid w:val="00FB3428"/>
     <w:rsid w:val="00FB5084"/>
@@ -12881,70 +11650,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>328</Words>
-  <Characters>1875</Characters>
+  <Words>372</Words>
+  <Characters>2123</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
+  <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2199</CharactersWithSpaces>
+  <CharactersWithSpaces>2491</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Windows User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>